--- v0 (2025-10-06)
+++ v1 (2026-01-23)
@@ -1,4090 +1,9464 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="1E2CF8BE" w14:textId="3C76B92F" w:rsidR="00E34A54" w:rsidRPr="00C247B6" w:rsidRDefault="00E34A54" w:rsidP="00916091">
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+    <w:p w14:paraId="5C45DABA" w14:textId="1AC759FF" w:rsidR="001C6CD7" w:rsidRPr="00F0269B" w:rsidRDefault="00F0269B" w:rsidP="0096421C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:bCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3ACEEB13" wp14:editId="76DAD988">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5314950</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-55880</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="516549" cy="533400"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="9" name="Picture 4">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="CrossMark.PNG"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="515969" cy="532801"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="001C6CD7" w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:t>Paper title, Times New Roman, font size 14 or author can directly select article title from styles of this template</w:t>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>RE</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2314" w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>SEARCH</w:t>
+      </w:r>
+      <w:r w:rsidR="001C6CD7" w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ARTICLE</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4480" w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EADBAE6" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+    <w:p w14:paraId="787F6633" w14:textId="77777777" w:rsidR="00F0269B" w:rsidRDefault="00F0269B" w:rsidP="0096421C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E4F4DB7" w14:textId="77777777" w:rsidR="00E34A54" w:rsidRPr="00916091" w:rsidRDefault="00E34A54" w:rsidP="00E34A54">
+    <w:p w14:paraId="4A80B7AD" w14:textId="109AB967" w:rsidR="00F0269B" w:rsidRPr="00AD4480" w:rsidRDefault="00F0269B" w:rsidP="0096421C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...16 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="371167B7" w14:textId="77777777" w:rsidR="001C6CD7" w:rsidRDefault="001C6CD7" w:rsidP="0096421C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56D3FE5E" w14:textId="3B6A11B1" w:rsidR="00A741DA" w:rsidRDefault="00FD2C96" w:rsidP="0096421C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="bg1">
+                <w14:alpha w14:val="8700"/>
+                <w14:lumMod w14:val="95000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">YOUR PAPER'S TITLE STARTS HERE: </w:t>
+      </w:r>
+      <w:r w:rsidR="003423F7" w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F1837" w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>LEFT JUSTIFY</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="C00000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2314" w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="C00000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>SUBMISSION FOR RESEARCH ARTICLE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0269B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="C00000"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C548DD" w14:textId="77777777" w:rsidR="003C1AD9" w:rsidRDefault="003C1AD9" w:rsidP="0096421C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="bg1">
+                <w14:alpha w14:val="8700"/>
+                <w14:lumMod w14:val="95000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2147FB19" w14:textId="507AAD59" w:rsidR="003C1AD9" w:rsidRPr="003C1AD9" w:rsidRDefault="003C1AD9" w:rsidP="003C1AD9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk153053066"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Aws</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Nejres</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
           <w:vertAlign w:val="superscript"/>
-        </w:rPr>
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
           <w:vertAlign w:val="superscript"/>
-        </w:rPr>
-[...129 lines deleted...]
-          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00916091">
-[...1507 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F308CEB" wp14:editId="0D5920B4">
+            <wp:extent cx="139231" cy="128304"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="10" name="Picture 6">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="2" name="Picture 6">
+                      <a:hlinkClick r:id="rId12"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="139231" cy="128304"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1800B17B" wp14:editId="2F48460D">
+            <wp:extent cx="133985" cy="133985"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="11" name="صورة 11">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId14"/>
+            </wp:docPr>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1151363993" name="صورة 1151363993">
+                      <a:hlinkClick r:id="rId15"/>
+                    </pic:cNvPr>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="133985" cy="133985"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="19"/>
+          <w:szCs w:val="19"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6178A5D4" w14:textId="77777777" w:rsidR="003C1AD9" w:rsidRPr="003C1AD9" w:rsidRDefault="003C1AD9" w:rsidP="003C1AD9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7E953F" w14:textId="71FD9DBD" w:rsidR="003C1AD9" w:rsidRPr="003C1AD9" w:rsidRDefault="003C1AD9" w:rsidP="00624933">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk189258250"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00624933">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, College of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00624933">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>xxxxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, University of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00624933">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00624933">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>City</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00624933">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>country</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:w w:val="105"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="17CEEBDA" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+    <w:p w14:paraId="202FB76E" w14:textId="77777777" w:rsidR="0096421C" w:rsidRPr="003C1AD9" w:rsidRDefault="0096421C" w:rsidP="0096421C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...419 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="61"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tblW w:w="9558" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4703"/>
-        <w:gridCol w:w="2610"/>
+        <w:gridCol w:w="1818"/>
+        <w:gridCol w:w="270"/>
+        <w:gridCol w:w="7470"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00916091" w:rsidRPr="00916091" w14:paraId="4A971012" w14:textId="77777777" w:rsidTr="004407D2">
+      <w:tr w:rsidR="00F0269B" w:rsidRPr="005174FE" w14:paraId="0CA11528" w14:textId="77777777" w:rsidTr="00F0269B">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4703" w:type="dxa"/>
+            <w:tcW w:w="1818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50927F7C" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="558245D0" w14:textId="6E7C3054" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="003C1AD9">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Hlk65248581"/>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="005174FE">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Types of errors</w:t>
+              <w:t xml:space="preserve">Article </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F318A65" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="01BD14C2" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="00F0269B">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="115" w:right="43"/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DD201EF" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="00F0269B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="115" w:right="43"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>N (%)</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Abstract</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916091" w:rsidRPr="00916091" w14:paraId="688A9D1F" w14:textId="77777777" w:rsidTr="00916091">
-[...4 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00F0269B" w:rsidRPr="005174FE" w14:paraId="0E523FEE" w14:textId="77777777" w:rsidTr="00F0269B">
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4703" w:type="dxa"/>
+            <w:tcW w:w="1818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2050520A" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="1AB55628" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="38"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="005174FE">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Wrong drug</w:t>
+              <w:t>Article history:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="446818C2" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="39B6FFF8" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="7329" w:type="dxa"/>
+              <w:tblBorders>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:shd w:val="clear" w:color="auto" w:fill="E1C9FB"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="7329"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="005174FE" w:rsidRPr="005174FE" w14:paraId="11BC9329" w14:textId="77777777" w:rsidTr="005174FE">
+              <w:trPr>
+                <w:trHeight w:val="3675"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7329" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="BAB46A"/>
+                </w:tcPr>
+                <w:p w14:paraId="3C8692DA" w14:textId="74A6135F" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="003C1AD9" w:rsidP="003C1AD9">
+                  <w:pPr>
+                    <w:spacing w:before="240" w:after="0"/>
+                    <w:ind w:right="39"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="003C1AD9">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t>An abstract should be placed immediately after the title page and authors affiliations. The abstract is between 200 and 280 words. Below the abstract, provide 3 to 5 keywords of short phrases that will assist indexers in cross indexing your article. Use small letter for each keyword.</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="14"/>
+                      <w:szCs w:val="14"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="003C1AD9">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t>Xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="003C1AD9">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t>xxxxxxxxxxxxxx</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="003C1AD9">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t>xxxxxxxxxxxx</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="003C1AD9">
+                    <w:rPr>
+                      <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                      <w:sz w:val="12"/>
+                      <w:szCs w:val="12"/>
+                      <w:lang w:bidi="ar-IQ"/>
+                    </w:rPr>
+                    <w:t>xxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxxx</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="43354287" w14:textId="2DDC2006" w:rsidR="00F0269B" w:rsidRDefault="00F0269B" w:rsidP="003C1AD9">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>18 (0.19)</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="432CC28F" wp14:editId="6035515E">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>4136390</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>38100</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="488950" cy="177165"/>
+                  <wp:effectExtent l="0" t="0" r="6350" b="0"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="8" name="صورة 8"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="EMUF_CzW4AgffCO.png"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill rotWithShape="1">
+                          <a:blip r:embed="rId17" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect l="20152" t="53016" r="25491" b="9802"/>
+                          <a:stretch/>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="488950" cy="177165"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                              <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidR="005174FE" w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Copyright © 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="005174FE" w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidR="005174FE" w:rsidRPr="00F0269B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="12"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>Libyan Journal of Medical and Applied Sciences LJMAS</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="005174FE" w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51FBC777" w14:textId="77777777" w:rsidR="00F0269B" w:rsidRDefault="005174FE" w:rsidP="00F0269B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Published by </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="00F0269B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="12"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>Higher Institute of Medical Science and Technology, Bani Walid, Libya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00F0269B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A6636D5" w14:textId="390B7DE5" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="00F0269B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>This is an open access article licensed under CC BY:  (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00F0269B">
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                  <w:color w:val="0000FF"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="12"/>
+                  <w:szCs w:val="12"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>https://creativecommons.org/licenses/by/4.0</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916091" w:rsidRPr="00916091" w14:paraId="2F66A5B8" w14:textId="77777777" w:rsidTr="004407D2">
+      <w:tr w:rsidR="00F0269B" w:rsidRPr="005174FE" w14:paraId="6D797237" w14:textId="77777777" w:rsidTr="00F0269B">
         <w:trPr>
-          <w:trHeight w:val="350"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4703" w:type="dxa"/>
+            <w:tcW w:w="1818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28BA9584" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="046B49EF" w14:textId="488EF685" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-90" w:right="43"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="005174FE">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Wrong strength</w:t>
+              <w:t>Received on:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4476A4CF" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-90" w:right="43"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revised on: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510D5C31" w14:textId="3033A53D" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-90" w:right="43"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Accepted on:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="089698A0" w14:textId="4856E4A9" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-90" w:right="43"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Published on: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1906A7F8" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="1469D6EB" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B66AFF7" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>24 (0.25)</w:t>
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916091" w:rsidRPr="00916091" w14:paraId="492BD554" w14:textId="77777777" w:rsidTr="00916091">
+      <w:tr w:rsidR="00F0269B" w:rsidRPr="005174FE" w14:paraId="79D67602" w14:textId="77777777" w:rsidTr="00F0269B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="671F9FDD" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4344D31A" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="426362EA" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0269B" w:rsidRPr="005174FE" w14:paraId="27237FCC" w14:textId="77777777" w:rsidTr="00F0269B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1818" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FAC569B" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="0019721F" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="38"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005174FE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Keywords:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="337A241D" w14:textId="77777777" w:rsidR="003C1AD9" w:rsidRPr="005174FE" w:rsidRDefault="003C1AD9" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="38"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC829E6" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFC53B0" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F0269B" w:rsidRPr="005174FE" w14:paraId="7E71BBDE" w14:textId="77777777" w:rsidTr="0019721F">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="1404"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4703" w:type="dxa"/>
+            <w:tcW w:w="1818" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF04868" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="1C6992BA" w14:textId="493201F4" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="0019721F" w:rsidP="0019721F">
             <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="43"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:color w:val="000000"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Wrong dosage form</w:t>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D72E6E8" wp14:editId="0A00EC24">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>144780</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>711200</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="624840" cy="624840"/>
+                  <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="14" name="صورة 14"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="frame.png"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId21" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="624840" cy="624840"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="101678FA" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="192EB553" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
             <w:pPr>
-              <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FEEFD22" w14:textId="77777777" w:rsidR="005174FE" w:rsidRPr="005174FE" w:rsidRDefault="005174FE" w:rsidP="005174FE">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Georgia" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>134 (1.43)</w:t>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7B9E955D" w14:textId="77777777" w:rsidR="00764E9D" w:rsidRDefault="00764E9D" w:rsidP="00FD2C96">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:after="40"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57A5C8FF" w14:textId="77777777" w:rsidR="002F794B" w:rsidRPr="003C1AD9" w:rsidRDefault="002F794B" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00FA59AF" w14:textId="77777777" w:rsidR="002F794B" w:rsidRPr="003C1AD9" w:rsidRDefault="002F794B" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EC10546" w14:textId="0E1CC691" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-46"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE" w:bidi="en-US"/>
+          <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
+            <w14:solidFill>
+              <w14:schemeClr w14:val="tx1"/>
+            </w14:solidFill>
+            <w14:prstDash w14:val="solid"/>
+            <w14:bevel/>
+          </w14:textOutline>
+          <w14:textFill>
+            <w14:solidFill>
+              <w14:schemeClr w14:val="bg1">
+                <w14:alpha w14:val="8700"/>
+                <w14:lumMod w14:val="95000"/>
+              </w14:schemeClr>
+            </w14:solidFill>
+          </w14:textFill>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1. INTRODUCTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF3FEC3" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="261" w:lineRule="exact"/>
+        <w:ind w:left="140"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34813863" w14:textId="220607BD" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Introduction should start in page 2. It should contain a clear statement of the problem, the relevant literature on the subject, and the proposed approach or solution and state the objective(s) of the work </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[1]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5CF49F" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1980"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75215C9D" w14:textId="1492C044" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The main-headers: Introduction, Methods and Materials, Results and Discussion, Conclusion and References should be typed in sentence case, bold and placed flush left. Leave two lines after the main-header and for all new paragraphs. Each new paragraph should be indented by 0.5 inch. Sub-headings (if applicable) should be in sentence case, bold and </w:t>
+      </w:r>
+      <w:r w:rsidR="00892F1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Arial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, and placed flush left. The final copy of manuscript (camera ready format) should include galley proof (acknowledgment,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Author Contributions, Disclosure of Conflict of Interest and Compliance with Ethical Standards).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BEADF9C" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C911ECB" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0657114A" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. MATERIALS AND METHODS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553EF88E" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BD25406" w14:textId="400ADF26" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It should be completed enough to allow experiments to be reproduced. However, only truly new procedures should be described in detail, previously published procedures should be cited, and important modifications of published procedures should be mentioned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>briefly. Use past tense in methodology part</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [2-5]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEE4E5B" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1740F3B8" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.1 Sub-headings</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>One</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D29AA8" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7783FD70" w14:textId="267B7406" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It should be in sentence case, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bold and </w:t>
+      </w:r>
+      <w:r w:rsidR="00892F1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Arial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and placed flush left. Type the contents in one column. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9EACCC" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B57D25E" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.2 Sub-headings Two</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="232E4C32" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="422DF128" w14:textId="5DAECD0F" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It should be in sentence case, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bold and </w:t>
+      </w:r>
+      <w:r w:rsidR="00892F1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Arial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and placed flush left. Type the contents in one column. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778960F2" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C5926D0" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. RESULTS AND DISCUSSION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3332DFFE" w14:textId="2D56A3AC" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Results and Discussion should be written in the same section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. It should be presented with clarity, clear and precision. The results should be written in the past tense when describing findings in the authors' experiments. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Results should contain at least one aspect of imaging and analysis technique including electron microscopy or other imaging devices.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The discussion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should interpret the findings in view of the problem statement and results obtained in this and in past studies </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[6]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C7D270" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29E0F140" w14:textId="77777777" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1 Tables and Figures </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="222ECD0B" w14:textId="6E4452F2" w:rsidR="00FE2314" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="00FE2314">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tables and illustrations should be arranged throughout the text and it is preferable to include them on the same page as they are first discussed. They should have a self-contained caption and numbered consecutively with Arabic numerals above the table. Title of table should be placed above the Table and centered.  If a table cannot be contained in the margins of the template, place the table horizontally (sideways) for better treatment of the information. Title of Figure should be placed at the bottom of the Figure and centered. Use full spelling for Figure and Table in text. All Figures, graphics and photographs should be presented in the best quality possible. It is the responsibility of the authors to ensure that their figures, diagrams and photographs are readable, clear sharp and presentable. When presenting microstructures, be sure (compulsory) a scale marker is well presented on the images/photographs. Please submit Tables and Figures as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>editable text</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and not as images. Figure 1 shows FESEM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>micrographs of……</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>magnification scale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should be placed at bottom right/left in the micrograph and must be standardize </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[1-3, 5-7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06FDDDAB" w14:textId="4673F1FE" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="00342562">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figure 1 shows that FESEM micrographs of cross-sectional images of untreated and DHT treated porous samples at different exposure temperature</w:t>
+      </w:r>
+      <w:r w:rsidR="00764E9D" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00764E9D" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00845104" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00764E9D" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid5"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9242"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="1E8935FE" w14:textId="77777777" w:rsidTr="00732371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="542DA0B8" w14:textId="67FD8636" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="00521443" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0412C54D" wp14:editId="125F0386">
+                  <wp:extent cx="4427220" cy="1516380"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+                  <wp:docPr id="1" name="صورة 1"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="102439c998bcd4518cd5114d03d9c0076b65c9a7.png"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId22">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4427220" cy="1516380"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="757B8423" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="218CAA81" w14:textId="77777777" w:rsidTr="00732371">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E90DBE" w14:textId="2C55B62F" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figure 1: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FESEM micrographs of cross-sectional images of untreated and DHT treated porous samples at different exposure temperature of (a) untreated, (b) 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (c) 105 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and (d) 120 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with exposure time of 120 hours.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57C0FBE7" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C75EBAF" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Table 1 shows the Average pore size of untreated and DHT treated chitosan-fish scales collagen/glycerin 3D porous scaffolds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42DF63BA" w14:textId="33FB4DAC" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2100"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table 1: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Average pore size of untreated and DHT treated chitosan-fish scales collagen/glycerin 3D porous scaffolds </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00845104" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="008A2753" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5DD6" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid5"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="175"/>
+        <w:tblW w:w="8208" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1705"/>
+        <w:gridCol w:w="1373"/>
+        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1867"/>
+        <w:gridCol w:w="1733"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="74DDDFED" w14:textId="77777777" w:rsidTr="00732371">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F01B788" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6503" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FEA9188" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pore Size (µm)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00916091" w:rsidRPr="00916091" w14:paraId="6E2EFA96" w14:textId="77777777" w:rsidTr="004407D2">
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="6ADABCE6" w14:textId="77777777" w:rsidTr="00732371">
         <w:trPr>
-          <w:trHeight w:val="323"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31A3CE6F" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="7EE478E9" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="003C1AD9">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Wrong quantity</w:t>
+              <w:t>Exposure time (hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="743346C5" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="1DFF7F8D" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="003C1AD9">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6 (0.06)</w:t>
-[...27 lines deleted...]
-              <w:t>Drug available in the pharmacy but not given</w:t>
+              <w:t>RT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6EB2C76A" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="6DCD1644" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="003C1AD9">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6 (0.06)</w:t>
-[...26 lines deleted...]
-              <w:t>Expired drug taken</w:t>
+              <w:t>DHT treated at 90 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BABD58D" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="6FDC2AEE" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="003C1AD9">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3 (0.03)</w:t>
-[...27 lines deleted...]
-              <w:t>Wrong instructions written</w:t>
+              <w:t>DHT treated at 105 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2610" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3938C3A9" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+          <w:p w14:paraId="6C67F2CE" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00916091">
+            <w:r w:rsidRPr="003C1AD9">
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>6 (0.06)</w:t>
+              <w:t>DHT treated at 120 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="7"/>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="34A04B7A" w14:textId="77777777" w:rsidTr="00732371">
+        <w:trPr>
+          <w:trHeight w:val="332"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="648DAB54" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29F2A563" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>236 ± 134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5CBF81B5" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>162 ± 63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39DFE62E" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>140 ± 53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D8E3BFD" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>162 ± 60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="7F33AFF6" w14:textId="77777777" w:rsidTr="00732371">
+        <w:trPr>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047C56C0" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3118A58B" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>236 ± 134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19939C44" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>161 ± 59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EDE9D37" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>120 ± 33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D422FE1" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>144 ± 68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="045F2C46" w14:textId="77777777" w:rsidTr="00732371">
+        <w:trPr>
+          <w:trHeight w:val="422"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CF27FC7" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E1CE874" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>236 ± 134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="360EB163" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 142 ± 44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB7F78E" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>114 ± 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68A1058F" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>135 ± 43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="37489C01" w14:textId="77777777" w:rsidTr="00732371">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52322D6E" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A05B10C" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>236 ± 134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7765FC43" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>128 ± 45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E8B8D8E" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>112 ± 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC233C2" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>132 ± 62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B4100" w:rsidRPr="003C1AD9" w14:paraId="75B0AF06" w14:textId="77777777" w:rsidTr="00732371">
+        <w:trPr>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="779595DF" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40A37F1A" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>236 ± 134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B4FE248" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>128 ± 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22A8DC32" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>106 ± 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1733" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43141D31" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1AD9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>123 ± 57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74BFE840" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...11 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="16376B4C" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...30 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D7B9945" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="671C0EA9" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Equations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="49B3C708" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...26 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="3A6B513F" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-[...86 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1507389B" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...37 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="4218AE49" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="120" w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>It should be numbered consecutively. Place the number in parenthesis flush to the right margin of your text and level with the last line of the equation. For example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E2FC89" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Example equation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69FF01B0" w14:textId="7BDD80A9" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E = A + C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t xml:space="preserve">                                                                                                                                (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76F0A8AE" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0984230F" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D41B611" w14:textId="2401D8FA" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All text references should be consecutively numbered parenthetically e.g. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[1]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71163" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-5] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>[2-4,7</w:t>
+      </w:r>
+      <w:r w:rsidR="00845104" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5DD6" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Example: Somebody et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [7]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reported that the …..etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF265D1" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A38F33F" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45D87614" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Units and nomenclature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C36ADF7" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78BCA841" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unit and value must have gap. Example: 100 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 340 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MPa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 550 kg etc. SI unit should be used. These should be expressed in the form ms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (not m/s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788FC969" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F2EAE77" w14:textId="7D407206" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="00FE2314" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4100" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. CONCLUSIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE7E5AA" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6762B42D" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>States the implications of the findings and identifies possible new research fields and relate to the scope and objectives of the study.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A70122" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E34693" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Libyan Journal of Medical and Applied Sciences LJMAS</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77174B58" w14:textId="77777777" w:rsidR="000B4100" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="000B4100">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">References </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35065A6F" w14:textId="40D2B9A7" w:rsidR="00CA5C76" w:rsidRPr="003C1AD9" w:rsidRDefault="000B4100" w:rsidP="00C45E8C">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Organized by number in the order they were cited in the text.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is a peer-viewed online academic research journal published two time per year by </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t xml:space="preserve"> Reference list format should be in numbered list of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>Higher Institute of Medical Sciences and Technology, Bani Waleed, Libya. LJMAS</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+        <w:t>[1]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> encourages new ideas and works in fields of Medical, biological, and health sciences and it publishes high quality original papers, theory-based empirical papers, review papers, case reports, conference reports/papers, technology reports, book reviews, commentaries, events and news. </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [2]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>[3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71163" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0432FF"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71163" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="SimSun" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Use full name of journal references and </w:t>
+      </w:r>
+      <w:r w:rsidR="00892F1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Arial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> font. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author names should be written in Surname First Name order. Example: If full name is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Minah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jarinah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bakar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Example: If full name is </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Jaminah</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Galaksi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bakar</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, so the reference will be Bakar J.G.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1837" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please ensure that every reference cited in the text is also present in the reference list. </w:t>
+      </w:r>
+      <w:r w:rsidR="008A2753" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>It is highly recommended to use recent references from the past five years. For review articles, a minimum of 20 references and a maximum of approximately 30 references are required during submission.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C76" w:rsidRPr="003C1AD9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Please note that the number of references in reviewed articles may exceed the specified maximum limit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DEF2FD7" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...18 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="512A2378" w14:textId="4FC818A8" w:rsidR="00FD2C96" w:rsidRPr="003C1AD9" w:rsidRDefault="00FD2C96" w:rsidP="00FD2C96">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C0B1B0E" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">The article has not been previously presented or published, and is not part of a thesis project. </w:t>
+    <w:p w14:paraId="7D4364BD" w14:textId="6DDFAC5D" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="00494105">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="706" w:hanging="706"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [BOOK WITH ONE AUTHOR]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7119BAA7" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Conflict of Interest </w:t>
+    <w:p w14:paraId="1D7C9987" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="00494105">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="706" w:hanging="706"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tokuhama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>-Espinosa, T. (2019). Five pillars of the mind: Redesigning education to suit the brain. WW Norton &amp; Company.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031A9F51" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...13 lines deleted...]
-        <w:t>There are no financial, personal, or professional conflicts of interest to declare.</w:t>
+    <w:p w14:paraId="501A950D" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="00494105">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="706" w:hanging="706"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[BOOK WITH MULTIPLE AUTHORS]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5EA9A3" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="26D4F8BA" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="00494105">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="706" w:hanging="706"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Parsons, T. D., Lin, L., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cockerham</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, D. (Eds.). (2018). Mind, brain and technology: Learning in the age of emerging technologies. Springer.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5D9EA96F" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-[...21 lines deleted...]
-        <w:t>REFERENCES</w:t>
+    <w:p w14:paraId="5356CBB7" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[DIGITAL JOURNAL ARTICLE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD6E24A" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-      <w:pPr>
+    <w:p w14:paraId="43D204A5" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00CD0EAE" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-      </w:r>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Featherston</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, R. J., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Shlonsky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., Lewis, C., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Luong</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Downie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, L. E., Vogel, A. P., ... &amp; Galvin, K. (2018). Interventions to mitigate bias in social work decision-making: A systematic review. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Research on Social Work Practice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(7), 741-752, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00CD0EAE">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:bCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.1177/1049731518819160</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10B3F7FE" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
-      <w:pPr>
+    <w:p w14:paraId="6B090D9F" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00CD0EAE" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...16 lines deleted...]
-        <w:t>Flynn EA, Barker KN, Carnahan BJ. National observational study of prescription dispensing accuracy and safety in 50 pharmacies. Journal of the American Pharmaceutical Association (1996). 2003;43(2):191-200.</w:t>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hobbiss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. H., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Massonnié</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, J., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tokuhama</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>‐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Espinosa, T., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gittner</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., de Sousa </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Lemos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, M. A., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tovazzi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A., ... &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Gous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, I. (2019). “UNIFIED”: Bridging the Researcher–Practitioner Divide in Mind, Brain, and Education. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mind, Brain, and Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(4), 298- 312, https://doi.org/10.1111/mbe.12223</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="555C8B3D" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[DIGITAL NEWSPAPER]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A569460" w14:textId="46A81D53" w:rsidR="00494105" w:rsidRPr="00CD0EAE" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-        <w:r w:rsidRPr="00916091">
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Begley, S. (2005). Beware of the cognitive brain paparazzi lurking in brain science labs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Wall Street Journal, Science section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, (Mar 18). Downloaded 14 de September 2009 from http://agelessmarketing.typepad.com/ageless_marketing/2005/03/beware_of_cogni.html</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46871252" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>[DISSERTATION OR THESIS]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D6BFC3" w14:textId="48D1E43C" w:rsidR="00494105" w:rsidRPr="00CD0EAE" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Amato, V. (2005). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>An exploration of teacher understanding and use of brain research in the instruction of young adolescents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>. Dissertation (M.S.), Texas Woman's University, Texas. AAT 1425943.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37876BDD" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[DOCUMENTS FROM THE INTERNET: Blogs, Videos, Webpages]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6141D6D3" w14:textId="4F2B3CAD" w:rsidR="00494105" w:rsidRPr="00CD0EAE" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Freakonomics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. (2010, October 29). E-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ZPass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CD0EAE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a life-saver (literally) [Blog post]. Retrieved from http://freakonomics.blogs.nytimes.com/2010/10/29/e-zpass-is-a-life-saver-literally/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35DB38D1" w14:textId="03113649" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanford University. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Stanford Social Learning Lab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [webpage]. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="0019721F">
           <w:rPr>
-            <w:rFonts w:asciiTheme="majorBidi" w:eastAsia="SimSun" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
-            <w:color w:val="0563C1"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:bCs/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
-            <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
-          <w:t>https://www.fda.gov/drugs/information-consumers-and-patients-drugs/working-reduce-medication-errors#:~:text=A%20medication%20error%20is%20defined,Medication%20Error%20Reporting%20and%20Prevention</w:t>
+          <w:t>http://sll.stanford.edu/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00916091">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+    </w:p>
+    <w:p w14:paraId="361F6D70" w14:textId="6103C626" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Walker, M. (2019). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sleep is your superhuman power</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. [video]. Ted Talk. Retrieved 10 Nov 2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="0019721F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://www.ted.com/talks/matt_walker_sleep_is_your_superpower</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3C08B7FB" w14:textId="0FF1486D" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00CD0EAE" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[REFERENCE FROM REPORT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3586EBE1" w14:textId="0C5C09F0" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Robinson, D. N. (2023). A Unified Creep-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pasticity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Model for Structural Metals at High Temperature. (Report ORNL/TM-5969, Oak Ridge National Laboratory).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1413EC76" w14:textId="40D14301" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00CD0EAE" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>REFERENCE FROM DISSERTATION OR THESIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B8292BF" w14:textId="7A907FA7" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Othman, S. Z. &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Izrail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> M.J. (2020). Synthesis &amp; Characterization of Hydroxyapatite </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bioceramics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (M. Eng. Thesis, University </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tenaga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nasional</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, Malaysia) pp. 40-50.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B5F2476" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+    <w:p w14:paraId="6EB62E69" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[JOURNAL ARTICLE]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1F7258" w14:textId="71369533" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darling-Hammond, L., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Flook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, L., Cook-Harvey, C., Barron, B., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Osher</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, D. (2019). Implications for educational practice of the science of learning and development. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Applied Developmental Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, 1-44.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77729213" w14:textId="34BFB43F" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">van </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Atteveldt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, N., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tijsma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, G., Janssen, T., &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kupper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, F. (2019). Responsible research and innovation as a novel approach to guide educational impact of Mind, Brain, and Education research. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Mind, Brain, and Education</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(4), 279-287.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015AE9A1" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[CHAPTER IN A BOOK]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C1693B" w14:textId="2169D38D" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Coch</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, D. (2018). Reading from a mind, brain, and education perspective. In M.S. Schwartz &amp; E.J. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Paré-Blagoev</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Eds.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research in mind, brain, and education </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(pp. 97-132). </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Routledge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71EEC88F" w14:textId="3DBB48D9" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Hamilton, R. B., &amp; Newman, J. P. (2018). The response modulation hypothesis: Formulation, development, and implications for psychopathy. In C. J. Patrick (Ed.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Handbook of psychopathy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> (2nd ed., pp. 80–93). Guilford Press.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FDC7EF" w14:textId="3620D170" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00CD0EAE" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>[REFERENCE FROM CONFERENCE PROCEEDING]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70911044" w14:textId="4A1F9BAD" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Kusrini</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, E., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Pudjiastuti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, A.R., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Astutiningsih</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, S. &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Harjanto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, S. (2022). Preparation of hydroxyapatite from bovine bone by combination methods of ultrasonic and spray drying. In Proceedings of the International Conference on Chemical, Bio-Chemical and Environmental Sciences (ICBEE’2012), Singapore, 14–15 Dec 2019.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB9684E" w14:textId="1C903DCC" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00CD0EAE" w:rsidP="0019721F">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00494105" w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Reference from patent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082A01F5" w14:textId="2554F27E" w:rsidR="00494105" w:rsidRPr="0019721F" w:rsidRDefault="00494105" w:rsidP="0019721F">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="270" w:hanging="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ghatak</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0019721F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, S. (2019). Immunization testing system (U.S. Patent No. 10,788,482). U.S. Patent and Trademark Office.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E99D438" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="00494105">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="706" w:hanging="706"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>The APA 7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Edition is active as of Spring 2019. For the most notable changes, see:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6F355E" w14:textId="77777777" w:rsidR="00494105" w:rsidRPr="00494105" w:rsidRDefault="00494105" w:rsidP="00494105">
+      <w:pPr>
+        <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="706" w:hanging="706"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Scribbr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. (2019). APA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Manual 7th edition: The most notable changes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00494105">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Retrieved 10 Nov 2019 from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00494105">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:bCs/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:highlight w:val="yellow"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>https://www.scribbr.com/apa-style/apa-seventh-edition-changes/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="05432B41" w14:textId="77777777" w:rsidR="008A2753" w:rsidRPr="003C1AD9" w:rsidRDefault="008A2753" w:rsidP="00FD2C96">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5E3810" w14:textId="77777777" w:rsidR="008A2753" w:rsidRPr="003C1AD9" w:rsidRDefault="008A2753" w:rsidP="008A2753">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D1C3C17" w14:textId="77777777" w:rsidR="00CC2F9B" w:rsidRDefault="00CC2F9B" w:rsidP="00FD2C96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="lowKashida"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4950216D" w14:textId="77777777" w:rsidR="00916091" w:rsidRPr="00916091" w:rsidRDefault="00916091" w:rsidP="00916091">
+    <w:p w14:paraId="36220352" w14:textId="77777777" w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidRDefault="00A66EBC" w:rsidP="00A66EBC">
       <w:pPr>
         <w:bidi/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:rtl/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>عنوان البحث باللغة العربية</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00916091" w:rsidRPr="00916091" w:rsidSect="00374249">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:p w14:paraId="51E620ED" w14:textId="77777777" w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidRDefault="00A66EBC" w:rsidP="00A66EBC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048A1086" w14:textId="77777777" w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidRDefault="00A66EBC" w:rsidP="00A66EBC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>المؤلف الأول</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>1*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>، المؤلف الثاني</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>، المؤلف الثالث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA891C9" w14:textId="77777777" w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidRDefault="00A66EBC" w:rsidP="00A66EBC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>3،2،1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>القسم، الكلية، الجامعة، المدينة، الدولة</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EDB332" w14:textId="77777777" w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidRDefault="00A66EBC" w:rsidP="00A66EBC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:val="id-ID" w:bidi="ar-LY"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+          <w:lang w:val="id-ID" w:bidi="ar-LY"/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A006392" w14:textId="77777777" w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidRDefault="00A66EBC" w:rsidP="00A66EBC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">الملخص </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الملخص</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF8D325" w14:textId="77777777" w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidRDefault="00A66EBC" w:rsidP="00A66EBC">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الكلمات المفتاحية:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66EBC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الكلمة 1، الكلمة 2، الكلمة 3، الكلمة 4، الكلمة 5</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A66EBC" w:rsidRPr="00A66EBC" w:rsidSect="00892F1A">
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="even" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId29"/>
+      <w:headerReference w:type="first" r:id="rId30"/>
+      <w:footerReference w:type="first" r:id="rId31"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="150" w:right="1440" w:bottom="1440" w:left="1440" w:header="360" w:footer="846" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
-      <w:cols w:space="708"/>
+      <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E28445C" w14:textId="77777777" w:rsidR="001A66B8" w:rsidRDefault="001A66B8" w:rsidP="00E34A54">
+    <w:p w14:paraId="4735C8ED" w14:textId="77777777" w:rsidR="00A87FF1" w:rsidRDefault="00A87FF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B8570FE" w14:textId="77777777" w:rsidR="001A66B8" w:rsidRDefault="001A66B8" w:rsidP="00E34A54">
+    <w:p w14:paraId="018F018D" w14:textId="77777777" w:rsidR="00A87FF1" w:rsidRDefault="00A87FF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Georgia">
+    <w:altName w:val="Georgia"/>
+    <w:panose1 w:val="02040502050405020303"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:altName w:val="Corbel"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Palatino Linotype">
+    <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Garamond">
-    <w:panose1 w:val="02020404030301010803"/>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bookman Old Style">
+    <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Franklin Gothic Demi">
+    <w:panose1 w:val="020B0703020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Haettenschweiler">
+    <w:panose1 w:val="020B0706040902060204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Sakkal Majalla">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A0002027" w:usb1="80000000" w:usb2="00000108" w:usb3="00000000" w:csb0="000000D3" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-      </w:tabs>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:sdt>
+    <w:sdtPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
-    </w:pPr>
-[...20 lines deleted...]
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+      <w:id w:val="-1223442807"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="68F9299A" w14:textId="45209A1A" w:rsidR="002D355C" w:rsidRDefault="002D355C" w:rsidP="00B73943">
+        <w:pPr>
+          <w:pStyle w:val="aa"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rStyle w:val="af0"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="af0"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rStyle w:val="af0"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+        <w:r>
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-            <w:szCs w:val="20"/>
+            <w:rStyle w:val="af0"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
-[...50 lines deleted...]
-  <w:p w14:paraId="3CAE090B" w14:textId="77777777" w:rsidR="00CA61FD" w:rsidRPr="00053F71" w:rsidRDefault="00CA61FD">
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="7D8B6D9D" w14:textId="77777777" w:rsidR="002D355C" w:rsidRDefault="002D355C">
     <w:pPr>
-      <w:pStyle w:val="a4"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...8 lines deleted...]
-      </w:tabs>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:sdt>
+    <w:sdtPr>
       <w:rPr>
+        <w:rStyle w:val="af0"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:b/>
-[...2 lines deleted...]
-        <w:szCs w:val="20"/>
       </w:rPr>
-    </w:pPr>
-[...20 lines deleted...]
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+      <w:id w:val="-1955775263"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rStyle w:val="af0"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="344CBD04" w14:textId="092CE94B" w:rsidR="002D355C" w:rsidRPr="002D355C" w:rsidRDefault="002D355C" w:rsidP="00B73943">
+        <w:pPr>
+          <w:pStyle w:val="aa"/>
+          <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
+            <w:rStyle w:val="af0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="002D355C">
+          <w:rPr>
+            <w:rStyle w:val="af0"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+        <w:r w:rsidRPr="002D355C">
           <w:rPr>
+            <w:rStyle w:val="af0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+          <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+        <w:r w:rsidRPr="002D355C">
           <w:rPr>
+            <w:rStyle w:val="af0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00605B7C" w:rsidRPr="00605B7C">
+        <w:r w:rsidR="00624933">
           <w:rPr>
+            <w:rStyle w:val="af0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:b/>
-            <w:bCs/>
             <w:noProof/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+        <w:r w:rsidRPr="002D355C">
           <w:rPr>
+            <w:rStyle w:val="af0"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:b/>
-[...3 lines deleted...]
-            <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
-        <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
-[...20 lines deleted...]
-    <w:r w:rsidR="0067189C" w:rsidRPr="00E34A54">
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="797FBB98" w14:textId="77777777" w:rsidR="002D355C" w:rsidRDefault="002D355C">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="3F50F556" w14:textId="28330104" w:rsidR="00FF0B95" w:rsidRPr="00892F1A" w:rsidRDefault="00C97F61" w:rsidP="00624933">
+    <w:pPr>
+      <w:spacing w:after="0"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00892F1A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B53B952" wp14:editId="1AA41140">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>624840</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>130175</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="167640" cy="167640"/>
+          <wp:effectExtent l="0" t="0" r="3810" b="3810"/>
+          <wp:wrapNone/>
+          <wp:docPr id="12" name="صورة 12"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="DOI_logo.svg (1).png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="167640" cy="167640"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:vertAlign w:val="superscript"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>*</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:b/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-GB"/>
+      </w:rPr>
+      <w:t>Corresponding author:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00624933">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Author's Name</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, Department of </w:t>
+    </w:r>
+    <w:r w:rsidR="00A121E3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00A121E3">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>xxxxxxxx</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, College of </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00624933">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>xxxxxx</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, University of </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidR="00624933">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>xxxx</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00624933">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>city</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:r w:rsidR="00624933">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>country</w:t>
+    </w:r>
+    <w:r w:rsidR="00A66EBC">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00892F1A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">; </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00C97F61">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00892F1A">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:w w:val="110"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  :</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65081B88" w14:textId="77777777" w:rsidR="001A66B8" w:rsidRDefault="001A66B8" w:rsidP="00E34A54">
+    <w:p w14:paraId="08BFA9C1" w14:textId="77777777" w:rsidR="00A87FF1" w:rsidRDefault="00A87FF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B590BFC" w14:textId="77777777" w:rsidR="001A66B8" w:rsidRDefault="001A66B8" w:rsidP="00E34A54">
+    <w:p w14:paraId="1C05E790" w14:textId="77777777" w:rsidR="00A87FF1" w:rsidRDefault="00A87FF1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="499ABF70" w14:textId="77777777" w:rsidR="00CA61FD" w:rsidRPr="00B622D1" w:rsidRDefault="0067189C" w:rsidP="00B622D1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="2628"/>
+      <w:gridCol w:w="1620"/>
+      <w:gridCol w:w="4994"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00DE06B3" w:rsidRPr="00DE06B3" w14:paraId="1658BD1D" w14:textId="77777777" w:rsidTr="00DE06B3">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2628" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7900DF71" w14:textId="4F4EAE36" w:rsidR="00DE06B3" w:rsidRPr="00DE06B3" w:rsidRDefault="00DE06B3" w:rsidP="00DE06B3">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="10080"/>
+            </w:tabs>
+            <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>Aws</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> M. </w:t>
+          </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t>nejres</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:iCs/>
+              <w:color w:val="000000"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:lang w:val="en-GB"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> &amp; et al. </w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1620" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="3188DABA" w14:textId="77777777" w:rsidR="00DE06B3" w:rsidRPr="00DE06B3" w:rsidRDefault="00DE06B3" w:rsidP="00DE06B3">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="10080"/>
+            </w:tabs>
+            <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+            <w:jc w:val="right"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+              <w:highlight w:val="yellow"/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4994" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="6A3BE1F7" w14:textId="11C5060A" w:rsidR="00DE06B3" w:rsidRPr="00DE06B3" w:rsidRDefault="00DE06B3" w:rsidP="00441BAC">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="right" w:pos="10080"/>
+            </w:tabs>
+            <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+            <w:ind w:right="-180"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00DE06B3">
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Libyan Journal of Medical and Applied Sciences</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve">  </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DE06B3">
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>21(1) (202</w:t>
+          </w:r>
+          <w:r w:rsidR="00441BAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>6</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00DE06B3">
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>), 1-1</w:t>
+          </w:r>
+          <w:r w:rsidR="00441BAC">
+            <w:rPr>
+              <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="Arial"/>
+              <w:i/>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>00</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="19D7DE0A" w14:textId="77777777" w:rsidR="00FF0B95" w:rsidRDefault="00FF0B95">
     <w:pPr>
-      <w:pStyle w:val="1"/>
-      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...359 lines deleted...]
-  <w:p w14:paraId="5464E4E1" w14:textId="77777777" w:rsidR="00CA61FD" w:rsidRPr="00B622D1" w:rsidRDefault="0067189C" w:rsidP="00B622D1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="1E80781D" w14:textId="48B3DF51" w:rsidR="00415308" w:rsidRPr="00415308" w:rsidRDefault="00415308" w:rsidP="00415308">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
+      <w:jc w:val="center"/>
       <w:rPr>
-        <w:lang w:val="id-ID"/>
+        <w:rFonts w:cs="Arial"/>
+        <w:kern w:val="2"/>
+        <w:lang w:bidi="ar-IQ"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00415308">
       <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:noProof/>
+        <w:kern w:val="2"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="585995FF" wp14:editId="7FDC4DB9">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78D1BF65" wp14:editId="6D4AC334">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>19049</wp:posOffset>
+                <wp:posOffset>5062855</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>64770</wp:posOffset>
+                <wp:posOffset>117280</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="5743575" cy="0"/>
-              <wp:effectExtent l="0" t="19050" r="28575" b="19050"/>
+              <wp:extent cx="814754" cy="240323"/>
+              <wp:effectExtent l="0" t="0" r="4445" b="7620"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name="Straight Connector 2"/>
+              <wp:docPr id="7" name="مربع نص 7"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="814754" cy="240323"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3D4A7934" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00D075FA" w:rsidRDefault="00415308" w:rsidP="00415308">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                              <w:color w:val="995F2F"/>
+                              <w:lang w:bidi="ar-IQ"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D075FA">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                              <w:color w:val="995F2F"/>
+                              <w:lang w:bidi="ar-IQ"/>
+                            </w:rPr>
+                            <w:t>Full Paper</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="1" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="مربع نص 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:398.65pt;margin-top:9.25pt;width:64.15pt;height:18.9pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKl3ApZQIAAJwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVL1u2zAQ3gv0HQjuteS/OBUsB64DFwWC&#10;JIBTZKYpyhJA8ViStuTu7bN07dChb+K8TY+U7Lhpp6Ie6PvjHe+77zS9aipJdsLYElRK+72YEqE4&#10;ZKXapPTjw/LNJSXWMZUxCUqkdC8svZq9fjWtdSIGUIDMhCGYRNmk1iktnNNJFFleiIrZHmih0JmD&#10;qZhD1WyizLAas1cyGsTxRVSDybQBLqxF63XrpLOQP88Fd3d5boUjMqX4NhdOE861P6PZlCUbw3RR&#10;8u4Z7B9eUbFSYdFTqmvmGNma8o9UVckNWMhdj0MVQZ6XXIQesJt+/KKbVcG0CL0gOFafYLL/Ly2/&#10;3d0bUmYpnVCiWIUjevpy+H74dvhJnr4efpCJh6jWNsHIlcZY17yDBkd9tFs0+s6b3FT+H3si6Eew&#10;9yeAReMIR+NlfzQZjyjh6BqM4uFg6LNEz5e1se69gIp4IaUG5xdgZbsb69rQY4ivZUGW2bKUMih7&#10;u5CG7BiOGhmSQU2JZNahMaXL8Ouq/XZNKlKn9GI4jkMlBT5fW0oqn1cEGnX1PRJtx15yzbrp4FlD&#10;tkd0DLQUs5ovS+zhBh9wzwxyCgHBPXF3eOQSsCR0EiUFmM9/s/t4HDV6KamRoym1n7bMCOzrg0IS&#10;vO2PRp7UQRmNJwNUzLlnfe5R22oBiE0fN1LzIPp4J4/W3ED1iOs091XRxRTH2il1R3Hh2s3BdeRi&#10;Pg9BSGPN3I1aae5Te8D8hB6aR2Z0N0aH87+FI5tZ8mKabay/qWC+dZCXYdQe4BZVpIhXcAUCWbp1&#10;9Tt2roeo54/K7BcAAAD//wMAUEsDBBQABgAIAAAAIQBYMn1q4gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9RS8MwFIXfBf9DuIJvLnWj3VabDhFFBytzneBr1lzbapOUJFvrfr3XJ328nI9zvput&#10;Rt2xEzrfWiPgdhIBQ1NZ1ZpawNv+6WYBzAdplOysQQHf6GGVX15kMlV2MDs8laFmVGJ8KgU0IfQp&#10;575qUEs/sT0ayj6s0zLQ6WqunByoXHd8GkUJ17I1tNDIHh8arL7KoxbwPpTPbrtef772L8V5ey6L&#10;DT4WQlxfjfd3wAKO4Q+GX31Sh5ycDvZolGedgPlyPiOUgkUMjIDlNE6AHQTEyQx4nvH/H+Q/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIqXcCllAgAAnAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFgyfWriAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;vwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="3D4A7934" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00D075FA" w:rsidRDefault="00415308" w:rsidP="00415308">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                        <w:color w:val="995F2F"/>
+                        <w:lang w:bidi="ar-IQ"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00D075FA">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                        <w:color w:val="995F2F"/>
+                        <w:lang w:bidi="ar-IQ"/>
+                      </w:rPr>
+                      <w:t>Full Paper</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidRPr="00415308">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58ACB95E" wp14:editId="75503F22">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>146099</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>117378</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1940169" cy="222739"/>
+              <wp:effectExtent l="0" t="0" r="3175" b="6350"/>
+              <wp:wrapNone/>
+              <wp:docPr id="6" name="مربع نص 6"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1940169" cy="222739"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:sysClr val="window" lastClr="FFFFFF"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="638F2F73" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00D075FA" w:rsidRDefault="00415308" w:rsidP="00415308">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                              <w:color w:val="995F2F"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D075FA">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                              <w:color w:val="995F2F"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>(</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D075FA">
+                            <w:rPr>
+                              <w:rStyle w:val="oypena"/>
+                              <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                              <w:color w:val="995F2F"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>ISSN Online: 3006-1113</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D075FA">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                              <w:color w:val="995F2F"/>
+                              <w:sz w:val="21"/>
+                              <w:szCs w:val="21"/>
+                              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="1" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="مربع نص 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:11.5pt;margin-top:9.25pt;width:152.75pt;height:17.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCID5M8ZwIAAKQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+lwSWZUtEWFFWVJXQ&#10;7kpstWfjOCSS43FtQ0Lv7bP02kMPfRP2bTp2Aku3PVXlYObPM55vvsnkuqkk2QljS1Ap7fdiSoTi&#10;kJVqk9KPD4s3bymxjqmMSVAipXth6fX09atJrRMxgAJkJgzBJMomtU5p4ZxOosjyQlTM9kALhc4c&#10;TMUcqmYTZYbVmL2S0SCOR1ENJtMGuLAWrTetk05D/jwX3N3luRWOyJTi21w4TTjX/oymE5ZsDNNF&#10;ybtnsH94RcVKhUVPqW6YY2Rryj9SVSU3YCF3PQ5VBHlechF6wG768YtuVgXTIvSC4Fh9gsn+v7T8&#10;dndvSJmldESJYhWO6OnL4fvh2+Enefp6+EFGHqJa2wQjVxpjXfMOGhz10W7R6DtvclP5f+yJoB/B&#10;3p8AFo0j3F8aD+P+aEwJR99gMLi6GPs00fNtbax7L6AiXkipwQEGXNluaV0begzxxSzIMluUUgZl&#10;b+fSkB3DWSNFMqgpkcw6NKZ0EX5dtd+uSUVqbP/iMg6VFPh8bSmpfF4ReNTV91C0LXvJNesmoHeC&#10;Yw3ZHlEy0FLNar4osZUlvuOeGeQWAoP74u7wyCVgZegkSgown/9m9/E4cvRSUiNXU2o/bZkR2N4H&#10;hWQY94dDT+6gDC+vBqiYc8/63KO21RwQoj5upuZB9PFOHq25geoR12rmq6KLKY61U+qO4ty1G4Rr&#10;ycVsFoKQzpq5pVpp7lN73PygHppHZnQ3TYc8uIUjq1nyYqhtrL+pYLZ1kJdh4h7nFlVkildwFQJn&#10;urX1u3auh6jnj8v0FwAAAP//AwBQSwMEFAAGAAgAAAAhAIiiIWPgAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdmNBSYjZFRNGCoTYVvG6zYxLNzobston99U5PepuZ93jz&#10;vWw12U4ccfCtIwW3swgEUuVMS7WC993TzRKED5qM7hyhgh/0sMovLzKdGjfSFo9lqAWHkE+1giaE&#10;PpXSVw1a7WeuR2Lt0w1WB16HWppBjxxuOxlH0UJa3RJ/aHSPDw1W3+XBKvgYy+dhs15/vfUvxWlz&#10;KotXfCyUur6a7u9ABJzCnxnO+IwOOTPt3YGMF52COOEqge/LOQjWk/g87BXMkwXIPJP/C+S/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIgPkzxnAgAApAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIiiIWPgAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;wQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADOBQAAAAA=&#10;" fillcolor="window" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="638F2F73" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00D075FA" w:rsidRDefault="00415308" w:rsidP="00415308">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                        <w:color w:val="995F2F"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00D075FA">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                        <w:color w:val="995F2F"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>(</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D075FA">
+                      <w:rPr>
+                        <w:rStyle w:val="oypena"/>
+                        <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                        <w:color w:val="995F2F"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>ISSN Online: 3006-1113</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="00D075FA">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Franklin Gothic Demi" w:hAnsi="Franklin Gothic Demi"/>
+                        <w:color w:val="995F2F"/>
+                        <w:sz w:val="21"/>
+                        <w:szCs w:val="21"/>
+                        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                      </w:rPr>
+                      <w:t>)</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="418CA270" w14:textId="3C322AA8" w:rsidR="00415308" w:rsidRPr="00415308" w:rsidRDefault="00892F1A" w:rsidP="00415308">
+    <w:pPr>
+      <w:bidi/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:kern w:val="2"/>
+        <w:rtl/>
+        <w:lang w:bidi="ar-IQ"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00415308">
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="cs"/>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1536D32E" wp14:editId="4C3841BE">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-106680</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>50165</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6058535" cy="0"/>
+              <wp:effectExtent l="0" t="19050" r="18415" b="19050"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="رابط مستقيم 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="5743575" cy="0"/>
+                        <a:ext cx="6058535" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
-                      <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
+                      <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
                         <a:solidFill>
-                          <a:sysClr val="windowText" lastClr="000000"/>
+                          <a:srgbClr val="995F2F"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
-                        <a:miter lim="800000"/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du">
+        <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="55E712F6" id="Straight Connector 2" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="1.5pt,5.1pt" to="453.75pt,5.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxmwQGzgEAAIkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8FuGyEQvVfqPyDu9Tpu3Vgrr3OwlV6q&#10;1lKSD5iwsIsEDGKo1/77Dthx3fZW1QfMMMybeY+364ejd+KgE1kMnbybzaXQQWFvw9DJl+fHDysp&#10;KEPowWHQnTxpkg+b9+/WU2z1Akd0vU6CQQK1U+zkmHNsm4bUqD3QDKMOnDSYPGQO09D0CSZG965Z&#10;zOefmwlTHxMqTcSnu3NSbiq+MVrl78aQzsJ1kmfLdU11fS1rs1lDOySIo1WXMeAfpvBgAze9Qu0g&#10;g/iR7F9Q3qqEhCbPFPoGjbFKVw7M5m7+B5unEaKuXFgcileZ6P/Bqm+HfRK27+RCigCen+gpJ7DD&#10;mMUWQ2ABMYlF0WmK1PL1bdinS0Rxnwrpo0m+/DMdcazanq7a6mMWig+X958+Lu+XUqi3XPOrMCbK&#10;XzR6UTaddDYU2tDC4StlbsZX366U44CP1rn6dC6IiWdfnaGBHWQcZO7iI3OiMEgBbmBrqpwqJKGz&#10;fSkvQHSirUviAOwONlWP0zPPK4UDypxgEvVX2PMIv5WWeXZA47m4ps5m8jazo531nVzdVrtQOurq&#10;yQurouhZw7J7xf5UpW1KxO9dm168WQx1G/P+9gva/AQAAP//AwBQSwMEFAAGAAgAAAAhALpU5SLa&#10;AAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo3SIKhDhVxY/Ua0OVsxsv&#10;idV4HcVukr49izjAcWZWM9/mm9l3YsQhukAalgsFAqkO1lGj4fD5cfcEIiZD1nSBUMMFI2yK66vc&#10;ZDZMtMexTI3gEoqZ0dCm1GdSxrpFb+Ii9EicfYXBm8RyaKQdzMTlvpMrpdbSG0e80JoeX1usT+XZ&#10;azh1Y7V9e99N475y692ycng5lFrf3szbFxAJ5/R3DD/4jA4FMx3DmWwUnYZ7/iSxrVYgOH5Wjw8g&#10;jr+GLHL5n7/4BgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADGbBAbOAQAAiQMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALpU5SLaAAAABwEAAA8A&#10;AAAAAAAAAAAAAAAAKAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" strokecolor="windowText" strokeweight="2.25pt">
-[...1 lines deleted...]
-            </v:line>
+            <v:line id="رابط مستقيم 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-8.4pt,3.95pt" to="468.65pt,3.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCn3H7i0wEAAGEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbv26RdddWNmu5hq3JB&#10;UAl4ANexE0v+k8c07RVpL7wIiBviwKukb8PYzZYFbmgvzoxn/M1830yWdwejyV4EUM7WdDopKRGW&#10;u0bZtqYf3m+uFpRAZLZh2llR06MAerd6+WLZ+0rMXOd0IwJBEAtV72vaxeirogDeCcNg4rywGJQu&#10;GBbRDW3RBNYjutHFrCxvit6FxgfHBQDers9Busr4Ugoe30oJIhJdU+wt5jPkc5fOYrVkVRuY7xQf&#10;22D/0YVhymLRC9SaRUY+BvUPlFE8OHAyTrgzhZNScZE5IJtp+Rebdx3zInNBccBfZILng+Vv9ttA&#10;VFPTGSWWGRzR8H34MnwdfpLTw/Bj+Hb6dPp8eiCzJFXvocIX93YbRg/8NiTeBxlM+iIjcsjyHi/y&#10;ikMkHC9vyvlifj2nhD/Git8PfYD4SjhDklFTrWxiziq2fw0Ri2HqY0q6tm6jtM7T05b0Nb1eTEsc&#10;MGe4RFKziKbxSAtsSwnTLW4njyFDgtOqSc8TEIR2d68D2TPckNvb+Wa2SUyx3B9pqfaaQXfOy6Ex&#10;TdsEI/Kuja0mmc7CJGvnmmPWq0gezjGjjzuXFuWpj/bTP2P1CwAA//8DAFBLAwQUAAYACAAAACEA&#10;So2tDt4AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7DMBBE70j8g7VI3FqnVGppiFOVSr0g&#10;AW0BcXXiJQmN18F22sDXs3CB42hGb162HGwrjuhD40jBZJyAQCqdaahS8Py0GV2DCFGT0a0jVPCJ&#10;AZb5+VmmU+NOtMPjPlaCIRRSraCOsUulDGWNVoex65C4e3Pe6sjRV9J4fWK4beVVksyk1Q3xQ607&#10;XNdYHva95d/dy8ofHl836+L2/cMO24e7r/teqcuLYXUDIuIQ/8bwo8/qkLNT4XoyQbQKRpMZq0cF&#10;8wUI7hfT+RRE8Ztlnsn//vk3AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKfcfuLTAQAA&#10;YQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEqNrQ7e&#10;AAAABwEAAA8AAAAAAAAAAAAAAAAALQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="#995f2f" strokeweight="3pt"/>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00415308" w:rsidRPr="00415308">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w:rtl/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22930273" wp14:editId="457699B3">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>215900</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>100965</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="954405" cy="931545"/>
+          <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+          <wp:wrapNone/>
+          <wp:docPr id="5" name="صورة 5"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name=""/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill rotWithShape="1">
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect l="18765" t="14991" r="9137" b="7466"/>
+                  <a:stretch/>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="954405" cy="931545"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                  <a:extLst>
+                    <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                    </a:ext>
+                  </a:extLst>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00415308" w:rsidRPr="00415308">
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="cs"/>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B6385C7" wp14:editId="6410023A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>1207135</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>171450</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="4671060" cy="831850"/>
+              <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+              <wp:wrapNone/>
+              <wp:docPr id="4" name="مربع نص 4"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="4671060" cy="831850"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="BAB46A"/>
+                      </a:solidFill>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="60546FCA" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00B945A3" w:rsidRDefault="00415308" w:rsidP="00415308">
+                          <w:pPr>
+                            <w:bidi/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Haettenschweiler" w:hAnsi="Haettenschweiler"/>
+                              <w:color w:val="995F2F"/>
+                              <w:sz w:val="32"/>
+                              <w:szCs w:val="32"/>
+                              <w:lang w:bidi="ar-IQ"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00B945A3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Haettenschweiler" w:hAnsi="Haettenschweiler"/>
+                              <w:color w:val="995F2F"/>
+                              <w:sz w:val="32"/>
+                              <w:szCs w:val="32"/>
+                              <w:lang w:bidi="ar-IQ"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Libyan Journal of Medical and Applied Sciences </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="22518B40" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00D075FA" w:rsidRDefault="00415308" w:rsidP="00415308">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="000000" w:themeColor="text1"/>
+                              <w:rtl/>
+                              <w:lang w:bidi="ar-IQ"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00B945A3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:color w:val="995F2F"/>
+                              <w:lang w:bidi="ar-IQ"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">J o u r n a l  h o m e p a g e : </w:t>
+                          </w:r>
+                          <w:hyperlink r:id="rId2" w:history="1">
+                            <w:r w:rsidRPr="00D075FA">
+                              <w:rPr>
+                                <w:rStyle w:val="Hyperlink"/>
+                                <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:bidi="ar-IQ"/>
+                              </w:rPr>
+                              <w:t>https://ljmas.com/index.php/journal/index</w:t>
+                            </w:r>
+                          </w:hyperlink>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="1" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="مربع نص 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:95.05pt;margin-top:13.5pt;width:367.8pt;height:65.5pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDvaZZYQIAAJQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O2jAQvlfqO1i+lwCbZSkirAIrqkpo&#10;dyW22rNxHBLJ8bi2IaH39ln22kMPfRP2bTp2gKXbnqpeHM+P5+f7ZjK+bipJtsLYElRCe50uJUJx&#10;yEq1Tuinh/m7ISXWMZUxCUokdCcsvZ68fTOu9Uj0oQCZCUMwiLKjWie0cE6PosjyQlTMdkALhcYc&#10;TMUcimYdZYbVGL2SUb/bHUQ1mEwb4MJa1N60RjoJ8fNccHeX51Y4IhOKtblwmnCu/BlNxmy0NkwX&#10;JT+Uwf6hioqVCpOeQt0wx8jGlH+EqkpuwELuOhyqCPK85CL0gN30uq+6WRZMi9ALgmP1CSb7/8Ly&#10;2+29IWWW0JgSxSqk6Pnr/vv+af+TPH/b/yCxh6jWdoSeS42+rplCg1Qf9RaVvvMmN5X/Yk8E7Qj2&#10;7gSwaBzhqIwHV73uAE0cbcOL3vAyMBC9vNbGug8CKuIvCTVIYMCVbRfWYSXoenTxySzIMpuXUgbB&#10;rFczaciWIdnTdBoPUl8kPvnNTSpSJ3Rwgbn9KwX+fesnldeIMDeHfL71tkV/c82qCWj1j+2vINsh&#10;Kgba0bKaz0ssfcGsu2cGZwm7xf1wd3jkEjAzHG6UFGC+/E3v/ZFitFJS42wm1H7eMCMokR8Vkv++&#10;F8d+mIMQX171UTDnltW5RW2qGSAiPdxEzcPV+zt51OYGqkdco9RnRRNTHHMn1B2vM9duDK4hF2ka&#10;nHB8NXMLtdTch/a4eWIemkdm9IE9h7zfwnGK2egVia1vy0G6cZCXgWGPc4sqcucFHP3A4mFN/W6d&#10;y8Hr5Wcy+QUAAP//AwBQSwMEFAAGAAgAAAAhAFTE2LLcAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FugzAQRO+V+g/WVuqtMUFKQigmSqv01ktJcjd4CyR4jbBD4O+7PbXH0Yxm3mS7yXZixMG3&#10;jhQsFxEIpMqZlmoFp+PHSwLCB01Gd45QwYwedvnjQ6ZT4+70hWMRasEl5FOtoAmhT6X0VYNW+4Xr&#10;kdj7doPVgeVQSzPoO5fbTsZRtJZWt8QLje7xvcHqWtysglAWbj6PoX+j02dyXh+Kw/4yK/X8NO1f&#10;QQScwl8YfvEZHXJmKt2NjBcd62205KiCeMOfOLCNVxsQJTurJAKZZ/L/hfwHAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAg72mWWECAACUBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAVMTYstwAAAAKAQAADwAAAAAAAAAAAAAAAAC7BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMQFAAAAAA==&#10;" fillcolor="#bab46a" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="60546FCA" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00B945A3" w:rsidRDefault="00415308" w:rsidP="00415308">
+                    <w:pPr>
+                      <w:bidi/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Haettenschweiler" w:hAnsi="Haettenschweiler"/>
+                        <w:color w:val="995F2F"/>
+                        <w:sz w:val="32"/>
+                        <w:szCs w:val="32"/>
+                        <w:lang w:bidi="ar-IQ"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00B945A3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Haettenschweiler" w:hAnsi="Haettenschweiler"/>
+                        <w:color w:val="995F2F"/>
+                        <w:sz w:val="32"/>
+                        <w:szCs w:val="32"/>
+                        <w:lang w:bidi="ar-IQ"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Libyan Journal of Medical and Applied Sciences </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="22518B40" w14:textId="77777777" w:rsidR="00415308" w:rsidRPr="00D075FA" w:rsidRDefault="00415308" w:rsidP="00415308">
+                    <w:pPr>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="000000" w:themeColor="text1"/>
+                        <w:rtl/>
+                        <w:lang w:bidi="ar-IQ"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00B945A3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+                        <w:b/>
+                        <w:bCs/>
+                        <w:color w:val="995F2F"/>
+                        <w:lang w:bidi="ar-IQ"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">J o u r n a l  h o m e p a g e : </w:t>
+                    </w:r>
+                    <w:hyperlink r:id="rId3" w:history="1">
+                      <w:r w:rsidRPr="00D075FA">
+                        <w:rPr>
+                          <w:rStyle w:val="Hyperlink"/>
+                          <w:rFonts w:ascii="Sakkal Majalla" w:hAnsi="Sakkal Majalla" w:cs="Sakkal Majalla"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:bidi="ar-IQ"/>
+                        </w:rPr>
+                        <w:t>https://ljmas.com/index.php/journal/index</w:t>
+                      </w:r>
+                    </w:hyperlink>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4B407B7A" w14:textId="797297B0" w:rsidR="00415308" w:rsidRPr="00415308" w:rsidRDefault="00415308" w:rsidP="00415308">
+    <w:pPr>
+      <w:bidi/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:kern w:val="2"/>
+        <w:rtl/>
+        <w:lang w:bidi="ar-IQ"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="03CDDA88" w14:textId="3E5D4B3E" w:rsidR="00415308" w:rsidRPr="00415308" w:rsidRDefault="00415308" w:rsidP="00415308">
+    <w:pPr>
+      <w:bidi/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:kern w:val="2"/>
+        <w:lang w:bidi="ar-IQ"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5115AC98" w14:textId="0A073EC6" w:rsidR="00FF0B95" w:rsidRPr="00441BAC" w:rsidRDefault="00415308" w:rsidP="00441BAC">
+    <w:pPr>
+      <w:bidi/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:kern w:val="2"/>
+        <w:lang w:bidi="ar-IQ"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00415308">
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="cs"/>
+        <w:noProof/>
+        <w:kern w:val="2"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55324A4E" wp14:editId="6BD48BC2">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-106680</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>154940</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6057900" cy="0"/>
+              <wp:effectExtent l="0" t="19050" r="0" b="19050"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="رابط مستقيم 3"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6057900" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+                        <a:solidFill>
+                          <a:srgbClr val="995F2F"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                      </a:ln>
+                      <a:effectLst/>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:line id="رابط مستقيم 3" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-8.4pt,12.2pt" to="468.6pt,12.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6N4mY0gEAAGEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGlXu2yjpnvYqlwQ&#10;VIJ9ANexE0v+k8c07RVpL7wIiBviwKukb8PYzZbd5Ya4OB7PzDfzfTNZ3OyNJjsRQDlb0+mkpERY&#10;7hpl25refVy/uqYEIrMN086Kmh4E0JvlyxeL3ldi5jqnGxEIglioel/TLkZfFQXwThgGE+eFRad0&#10;wbCIZmiLJrAe0Y0uZmV5VfQuND44LgDwdXVy0mXGl1Lw+F5KEJHommJvMZ8hn9t0FssFq9rAfKf4&#10;2Ab7hy4MUxaLnqFWLDLyKai/oIziwYGTccKdKZyUiovMAdlMy2dsPnTMi8wFxQF/lgn+Hyx/t9sE&#10;opqaXlBimcERDT+Gr8O34Rc53g8/h+/Hz8cvx3tykaTqPVSYcWs3YbTAb0LivZfBpC8yIvss7+Es&#10;r9hHwvHxqrx8PS9xCvzBV/xJ9AHiG+EMSZeaamUTc1ax3VuIWAxDH0LSs3VrpXWenrakx/avpxma&#10;4RJJzSJWMR5pgW0pYbrF7eQxZEhwWjUpPQFBaLe3OpAdww2Zzy/Xs3ViiuWehKXaKwbdKS67xjBt&#10;E4zIuza2mmQ6CZNuW9ccsl5FsnCOGX3cubQoj228P/4zlr8BAAD//wMAUEsDBBQABgAIAAAAIQAP&#10;Tw6m4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWqehKiXEqUqlXpCg&#10;tIC4OvGShMbrEDtt4OtZxIEeZ2c08zZdDLYRB+x87UjBZByBQCqcqalU8PK8Hs1B+KDJ6MYRKvhC&#10;D4vs/CzViXFH2uJhF0rBJeQTraAKoU2k9EWFVvuxa5HYe3ed1YFlV0rT6SOX20bGUTSTVtfEC5Vu&#10;cVVhsd/1lne3r8tuv3lbr/K7j087PD3efz/0Sl1eDMtbEAGH8B+GX3xGh4yZcteT8aJRMJrMGD0o&#10;iKdTEBy4ubqOQeR/B5ml8vSD7AcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC6N4mY0gEA&#10;AGEDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAPTw6m&#10;4AAAAAkBAAAPAAAAAAAAAAAAAAAAACwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="#995f2f" strokeweight="3pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="2BF47D6B"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="3D301735"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C6AEB54A"/>
-    <w:lvl w:ilvl="0" w:tplc="AAFCFD02">
+    <w:tmpl w:val="FC609B3E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="473C7A39"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3E0A72FC"/>
+    <w:lvl w:ilvl="0" w:tplc="4E2A3010">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -4119,1411 +9493,3459 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="7AC23E2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F9009C0"/>
+    <w:lvl w:ilvl="0" w:tplc="4E2A3010">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="references"/>
-      <w:lvlText w:val="[%1]"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...5 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1060136682">
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="477499018">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E34A54"/>
-[...28 lines deleted...]
-    <w:rsid w:val="00E86F42"/>
+    <w:rsidRoot w:val="00DB3209"/>
+    <w:rsid w:val="000573C7"/>
+    <w:rsid w:val="000866E0"/>
+    <w:rsid w:val="000A25E4"/>
+    <w:rsid w:val="000A4C78"/>
+    <w:rsid w:val="000B4100"/>
+    <w:rsid w:val="000D616A"/>
+    <w:rsid w:val="000E1BB9"/>
+    <w:rsid w:val="00136DA7"/>
+    <w:rsid w:val="0019721F"/>
+    <w:rsid w:val="001C6CD7"/>
+    <w:rsid w:val="00211311"/>
+    <w:rsid w:val="00254925"/>
+    <w:rsid w:val="00262D3A"/>
+    <w:rsid w:val="00270833"/>
+    <w:rsid w:val="00295A1C"/>
+    <w:rsid w:val="002D1F44"/>
+    <w:rsid w:val="002D3430"/>
+    <w:rsid w:val="002D355C"/>
+    <w:rsid w:val="002F2BBE"/>
+    <w:rsid w:val="002F4BE8"/>
+    <w:rsid w:val="002F794B"/>
+    <w:rsid w:val="00332BD5"/>
+    <w:rsid w:val="003423F7"/>
+    <w:rsid w:val="00342562"/>
+    <w:rsid w:val="00372A19"/>
+    <w:rsid w:val="003A113D"/>
+    <w:rsid w:val="003A5ECE"/>
+    <w:rsid w:val="003C1AD9"/>
+    <w:rsid w:val="00415308"/>
+    <w:rsid w:val="00425EC8"/>
+    <w:rsid w:val="0043339A"/>
+    <w:rsid w:val="00441974"/>
+    <w:rsid w:val="00441BAC"/>
+    <w:rsid w:val="0048482E"/>
+    <w:rsid w:val="00494105"/>
+    <w:rsid w:val="004B5653"/>
+    <w:rsid w:val="004F0D94"/>
+    <w:rsid w:val="005174FE"/>
+    <w:rsid w:val="00521443"/>
+    <w:rsid w:val="005607D9"/>
+    <w:rsid w:val="0058432A"/>
+    <w:rsid w:val="005A1150"/>
+    <w:rsid w:val="005E6304"/>
+    <w:rsid w:val="005E79E7"/>
+    <w:rsid w:val="00624933"/>
+    <w:rsid w:val="00653D00"/>
+    <w:rsid w:val="006C4932"/>
+    <w:rsid w:val="006E69E4"/>
+    <w:rsid w:val="006F1837"/>
+    <w:rsid w:val="006F3A11"/>
+    <w:rsid w:val="00721035"/>
+    <w:rsid w:val="00735A0F"/>
+    <w:rsid w:val="00764E9D"/>
+    <w:rsid w:val="00775BA5"/>
+    <w:rsid w:val="00797232"/>
+    <w:rsid w:val="007A0A5F"/>
+    <w:rsid w:val="007B5475"/>
+    <w:rsid w:val="007D6702"/>
+    <w:rsid w:val="007D7589"/>
+    <w:rsid w:val="008036FB"/>
+    <w:rsid w:val="00845104"/>
+    <w:rsid w:val="00852B2C"/>
+    <w:rsid w:val="00892F1A"/>
+    <w:rsid w:val="00896049"/>
+    <w:rsid w:val="00897546"/>
+    <w:rsid w:val="008A2753"/>
+    <w:rsid w:val="009116D4"/>
+    <w:rsid w:val="0096421C"/>
+    <w:rsid w:val="009814A4"/>
+    <w:rsid w:val="009D1287"/>
+    <w:rsid w:val="00A121E3"/>
+    <w:rsid w:val="00A3544C"/>
+    <w:rsid w:val="00A4475B"/>
+    <w:rsid w:val="00A57236"/>
+    <w:rsid w:val="00A66EBC"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:rsid w:val="00A75F94"/>
+    <w:rsid w:val="00A80F85"/>
+    <w:rsid w:val="00A8767B"/>
+    <w:rsid w:val="00A87FF1"/>
+    <w:rsid w:val="00A95867"/>
+    <w:rsid w:val="00A977D9"/>
+    <w:rsid w:val="00AA5DD6"/>
+    <w:rsid w:val="00AB29D4"/>
+    <w:rsid w:val="00AB58CF"/>
+    <w:rsid w:val="00AD4480"/>
+    <w:rsid w:val="00B2370A"/>
+    <w:rsid w:val="00B3703D"/>
+    <w:rsid w:val="00B5300E"/>
+    <w:rsid w:val="00C01B3C"/>
+    <w:rsid w:val="00C22011"/>
+    <w:rsid w:val="00C2334B"/>
+    <w:rsid w:val="00C348B0"/>
+    <w:rsid w:val="00C34CD8"/>
+    <w:rsid w:val="00C42A68"/>
+    <w:rsid w:val="00C43619"/>
+    <w:rsid w:val="00C45E8C"/>
+    <w:rsid w:val="00C563D2"/>
+    <w:rsid w:val="00C609D3"/>
+    <w:rsid w:val="00C92D86"/>
+    <w:rsid w:val="00C97F61"/>
+    <w:rsid w:val="00CA5C76"/>
+    <w:rsid w:val="00CB5852"/>
+    <w:rsid w:val="00CC2F9B"/>
+    <w:rsid w:val="00CD0EAE"/>
+    <w:rsid w:val="00D61824"/>
+    <w:rsid w:val="00DA0D0B"/>
+    <w:rsid w:val="00DB3209"/>
+    <w:rsid w:val="00DC17DB"/>
+    <w:rsid w:val="00DC28FC"/>
+    <w:rsid w:val="00DE06B3"/>
+    <w:rsid w:val="00E03FE2"/>
+    <w:rsid w:val="00E5035D"/>
+    <w:rsid w:val="00E625F4"/>
+    <w:rsid w:val="00E71163"/>
+    <w:rsid w:val="00E827CC"/>
+    <w:rsid w:val="00E96D16"/>
+    <w:rsid w:val="00EA20B8"/>
+    <w:rsid w:val="00EC609E"/>
+    <w:rsid w:val="00ED6394"/>
+    <w:rsid w:val="00EF3BD2"/>
+    <w:rsid w:val="00F0269B"/>
+    <w:rsid w:val="00F7622D"/>
+    <w:rsid w:val="00FD2C96"/>
+    <w:rsid w:val="00FE2314"/>
+    <w:rsid w:val="00FF0B95"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7DAE34A7"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{79F72EE4-361A-4A9B-9A0A-FFFA20E5F3D7}"/>
+  <w14:docId w14:val="6D400D21"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-    <w:rsid w:val="00E34A54"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="366091"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="366091"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="243F61"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:i/>
+      <w:color w:val="366091"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="Char"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E34A54"/>
+    <w:rsid w:val="00A741DA"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char">
     <w:name w:val="رأس الصفحة Char"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E34A54"/>
+    <w:rsid w:val="00A741DA"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="Char0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E34A54"/>
+    <w:rsid w:val="00A741DA"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
     <w:name w:val="تذييل الصفحة Char"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00E34A54"/>
+    <w:rsid w:val="00A741DA"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
-[...5 lines deleted...]
-    <w:rsid w:val="00E34A54"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00A741DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="56"/>
+      <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
+      <w:u w:color="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char1"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
-    <w:name w:val="العنوان Char"/>
+    <w:name w:val="نص أساسي Char"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E34A54"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00A741DA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-      <w:szCs w:val="56"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...3 lines deleted...]
-    <w:rsid w:val="00E34A54"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndNoteBibliography">
+    <w:name w:val="EndNote Bibliography"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="EndNoteBibliographyChar"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:noProof/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="21">
-    <w:name w:val="جدول عادي 21"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndNoteBibliographyChar">
+    <w:name w:val="EndNote Bibliography Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="EndNoteBibliography"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:noProof/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E34A54"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ad">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A741DA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
+    <w:name w:val="Table Grid2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="LightShading1">
+    <w:name w:val="Light Shading1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ae"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-MY"/>
+    </w:rPr>
+    <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
-      </w:tcPr>
-[...7 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="a6">
-    <w:name w:val="Table Grid"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid3">
+    <w:name w:val="Table Grid3"/>
     <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00E34A54"/>
+    <w:rsid w:val="00653D00"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="DengXian" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="20">
-    <w:name w:val="شبكة جدول2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading2-Accent31">
+    <w:name w:val="Medium Shading 2 - Accent 31"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="a6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E34A54"/>
+    <w:next w:val="2-3"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00653D00"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-MY" w:eastAsia="zh-CN"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...33 lines deleted...]
-    <w:name w:val="Plain Table 2"/>
+  <w:style w:type="table" w:styleId="ae">
+    <w:name w:val="Light Shading"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="42"/>
-    <w:rsid w:val="00E34A54"/>
+    <w:uiPriority w:val="60"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00653D00"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:left w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
-      </w:tcPr>
-[...7 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="2-3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="64"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="references">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C22011"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00063355"/>
+    <w:rsid w:val="00C22011"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
-[...9 lines deleted...]
-    <w:name w:val="جدول شبكة 6 ملون1"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid4">
+    <w:name w:val="Table Grid4"/>
     <w:basedOn w:val="a1"/>
-    <w:next w:val="6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00916091"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD2C96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="SimSun"/>
-[...1 lines deleted...]
-      <w:lang w:eastAsia="zh-CN"/>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid5">
+    <w:name w:val="Table Grid5"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="000B4100"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F7622D"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002D355C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00521443"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char2">
+    <w:name w:val="نص في بالون Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00521443"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="oypena">
+    <w:name w:val="oypena"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00415308"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD0EAE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="366091"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="366091"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="243F61"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:i/>
+      <w:color w:val="366091"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="220" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="72"/>
+      <w:szCs w:val="72"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
+      <w:i/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
+    <w:basedOn w:val="a1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="رأس الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A741DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="تذييل الصفحة Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00A741DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
+      <w:u w:color="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char1"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char1">
+    <w:name w:val="نص أساسي Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EndNoteBibliography">
+    <w:name w:val="EndNote Bibliography"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="EndNoteBibliographyChar"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:noProof/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndNoteBibliographyChar">
+    <w:name w:val="EndNote Bibliography Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="EndNoteBibliography"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:noProof/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Palatino Linotype" w:eastAsia="SimSun" w:hAnsi="Palatino Linotype" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ad">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00A741DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
+    <w:name w:val="Table Grid2"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="LightShading1">
+    <w:name w:val="Light Shading1"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ae"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-MY"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="666666"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="6">
-    <w:name w:val="Grid Table 6 Colorful"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid3">
+    <w:name w:val="Table Grid3"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="51"/>
-    <w:rsid w:val="00916091"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00653D00"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:rFonts w:eastAsia="DengXian" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading2-Accent31">
+    <w:name w:val="Medium Shading 2 - Accent 31"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="2-3"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-MY" w:eastAsia="zh-CN"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ae">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="60"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="4" w:space="0" w:color="666666" w:themeColor="text1" w:themeTint="99"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
       </w:tcPr>
     </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="2-3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="64"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00653D00"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C22011"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C22011"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid4">
+    <w:name w:val="Table Grid4"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FD2C96"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid5">
+    <w:name w:val="Table Grid5"/>
+    <w:basedOn w:val="a1"/>
+    <w:next w:val="ad"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="000B4100"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F7622D"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002D355C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00521443"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char2">
+    <w:name w:val="نص في بالون Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00521443"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="oypena">
+    <w:name w:val="oypena"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00415308"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CD0EAE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/drugs/information-consumers-and-patients-drugs/working-reduce-medication-errors" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:abdussalam.a.ahmed@gmail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ljmas.com/index.php/journal/index" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/apa-style/apa-seventh-edition-changes/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ali.yassen@tiu.edu.iq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ted.com/talks/matt_walker_sleep_is_your_superpower" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by/4.0" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ph.aws.m.nejres@uomosul.edu.iq" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sll.stanford.edu/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2280-2648" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1177/1049731518819160" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imst.edu.ly/?p=2745&amp;lang=en" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://search.crossref.org/search/works?q=3006-1113&amp;from_ui=yes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2718-6760" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ljmas.com/index.php/journal/index" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ljmas.com/index.php/journal/index" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ljmas.com/index.php/journal/index" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="نسق Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA" Version="">
+  <b:Source>
+    <b:Tag>Cal09</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{244D9C66-0708-49A0-B78B-F5D8CCDE92EA}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Callister,Jr.</b:Last>
+            <b:Middle>D.</b:Middle>
+            <b:First>William</b:First>
+          </b:Person>
+          <b:Person>
+            <b:Last>Rethwisch</b:Last>
+            <b:Middle>G.</b:Middle>
+            <b:First>David</b:First>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>Materials Science and Engineering: An Introduction</b:Title>
+    <b:Year>2009</b:Year>
+    <b:City>Danvers</b:City>
+    <b:Publisher>John Wiley &amp; Sons, Inc.</b:Publisher>
+    <b:CountryRegion>United States of America</b:CountryRegion>
+    <b:Edition>8th</b:Edition>
+    <b:StandardNumber>978-0-470-41997-7</b:StandardNumber>
+    <b:Pages>422-427</b:Pages>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Gup</b:Tag>
+    <b:SourceType>JournalArticle</b:SourceType>
+    <b:Guid>{872CE893-488D-4728-843C-4239BFC99761}</b:Guid>
+    <b:Title>Interpretation of Improved Creep Properties of a 9Cr-1Mo-Nb-V (T91) Steel by Grain Boundary Engineering</b:Title>
+    <b:JournalName>Materials Issues for Advanced Nuclear Systems</b:JournalName>
+    <b:Pages>71-72</b:Pages>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Gupta</b:Last>
+            <b:First>Gaurav</b:First>
+          </b:Person>
+          <b:Person>
+            <b:Last>Was</b:Last>
+            <b:First>Gary</b:First>
+            <b:Middle>S.</b:Middle>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Publisher>TMS Letters</b:Publisher>
+    <b:Year>2005</b:Year>
+    <b:RefOrder>2</b:RefOrder>
+  </b:Source>
+  <b:Source>
+    <b:Tag>Tri15</b:Tag>
+    <b:SourceType>JournalArticle</b:SourceType>
+    <b:Guid>{8BBDE620-FA5C-4568-83AB-B9C270B9D261}</b:Guid>
+    <b:Title>Effect of Heat Treatment on Microstructure and Hardness of Grade 91 Steel</b:Title>
+    <b:JournalName>Metals</b:JournalName>
+    <b:Year>2015</b:Year>
+    <b:Pages>131-149</b:Pages>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Shrestha</b:Last>
+            <b:First>Triratna</b:First>
+          </b:Person>
+          <b:Person>
+            <b:Last>Alsagabi</b:Last>
+            <b:First>Sultan</b:First>
+            <b:Middle>F.</b:Middle>
+          </b:Person>
+          <b:Person>
+            <b:Last>Charit</b:Last>
+            <b:First>Indrajit</b:First>
+          </b:Person>
+          <b:Person>
+            <b:Last>Potirniche</b:Last>
+            <b:First>Gabriel</b:First>
+            <b:Middle>P.</b:Middle>
+          </b:Person>
+          <b:Person>
+            <b:Last>Glazoff</b:Last>
+            <b:First>Michael</b:First>
+            <b:Middle>V.</b:Middle>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:RefOrder>3</b:RefOrder>
+  </b:Source>
+</b:Sources>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B05ED3BD-250C-4340-8D30-96D1C1928782}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>9890</Characters>
+  <Pages>5</Pages>
+  <Words>1994</Words>
+  <Characters>11372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Libyan Journal of Medical and Applied Sciences LJMAS</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Higher Institute of Medical Sciences and Technology, Bani Waleed, Libya</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11601</CharactersWithSpaces>
+  <CharactersWithSpaces>13340</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Libyan Journal of Medical and Applied Sciences LJMAS</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>